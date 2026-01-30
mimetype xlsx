--- v0 (2025-10-28)
+++ v1 (2026-01-30)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="80">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -197,50 +197,71 @@
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/224/emenda_aditiva_-_ccj_hino_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a execução do Hino Nacional, do Hino à Bandeira Nacional, e do Hino de Lavras nas escolas públicas e privadas do município de Lavras, e dá outras providências.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/275/emenda_ao_pll_19.pdf</t>
   </si>
   <si>
     <t>Modifique-se a redação do caput do artigo 1º do Projeto de Lei do Legislativo nº 19/2025</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/430/emendas_004.pdf</t>
   </si>
   <si>
     <t>Emendas ao Projeto de Lei nº 04/2025, que dispõem sobre a vedação de execução de músicas e videoclipes com conteúdos inapropriados nas unidades escolares do Município de Lavras.</t>
+  </si>
+  <si>
+    <t>556</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/556/emenda_projeto_lei_do_legislativo_42_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Adiciona parágrafo único ao art. 9º do PLL nº 42/2025, que_x000D_
+“dispõe sobre a promoção de debates e ações educativas nas_x000D_
+unidades de ensino do Município de Lavras, com o objetivo_x000D_
+de desenvolver a formação crítica dos alunos em relação ao_x000D_
+conteúdo de músicas e videoclipes. A lei visa combater a_x000D_
+violência, o preconceito, a discriminação e o uso de_x000D_
+substâncias ilícitas, promovendo o respeito à diversidade_x000D_
+cultural e à igualdade de gênero. Estabelece a participação_x000D_
+ativa da comunidade escolar e a criação de espaços de_x000D_
+reflexão”.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/262/veto_no_01-2025_-_pll_007-2025.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei do Legislativo nº 007/2025.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>IND</t>
   </si>
@@ -591,56 +612,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/373/pl_no_009_25_-_institui_o_conselho_municipal_de_educacao_de_lavras_dispoe_sobre_sua_composicao_funcionamento_e_atribuicoes_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/189/pll_04._projeto._vedacao_de_musicas_de_cunho_sexual_ou_de_apologia_ao_crime_nas_escolas._04_02_2025._joao_paulo_felizardo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/208/003-2025_lei_hino_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/261/dispoe_sobre_a_substituicao_gradativa_de_alarmes_sonoros_por_sinaleiros_musicais_e_avisos_luminosos_em_estabelecimentos_de_ensino_do_municipio_de_lavras.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/409/lei_luca_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/466/lei_luca_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/472/projeto_lei_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/224/emenda_aditiva_-_ccj_hino_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/275/emenda_ao_pll_19.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/430/emendas_004.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/262/veto_no_01-2025_-_pll_007-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_22_ver._mayron_cardoso_gomes.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/487/2._indicacao_-_cameras.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/373/pl_no_009_25_-_institui_o_conselho_municipal_de_educacao_de_lavras_dispoe_sobre_sua_composicao_funcionamento_e_atribuicoes_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/189/pll_04._projeto._vedacao_de_musicas_de_cunho_sexual_ou_de_apologia_ao_crime_nas_escolas._04_02_2025._joao_paulo_felizardo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/208/003-2025_lei_hino_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/261/dispoe_sobre_a_substituicao_gradativa_de_alarmes_sonoros_por_sinaleiros_musicais_e_avisos_luminosos_em_estabelecimentos_de_ensino_do_municipio_de_lavras.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/409/lei_luca_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/466/lei_luca_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/472/projeto_lei_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/224/emenda_aditiva_-_ccj_hino_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/275/emenda_ao_pll_19.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/430/emendas_004.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/556/emenda_projeto_lei_do_legislativo_42_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/262/veto_no_01-2025_-_pll_007-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_22_ver._mayron_cardoso_gomes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/487/2._indicacao_-_cameras.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="221.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -906,135 +927,162 @@
       </c>
       <c r="D11" t="s">
         <v>49</v>
       </c>
       <c r="E11" t="s">
         <v>50</v>
       </c>
       <c r="F11" t="s">
         <v>44</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>59</v>
       </c>
       <c r="H11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>61</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="D12" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E12" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" s="1" t="s">
+      <c r="H12" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>65</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>48</v>
+      </c>
+      <c r="D13" t="s">
         <v>66</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="E13" t="s">
         <v>67</v>
       </c>
-      <c r="D13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>69</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>71</v>
+      </c>
+      <c r="D14" t="s">
         <v>72</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="E14" t="s">
         <v>73</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>74</v>
       </c>
       <c r="H14" t="s">
         <v>75</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>76</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>72</v>
+      </c>
+      <c r="E15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F15" t="s">
+        <v>44</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H15" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>