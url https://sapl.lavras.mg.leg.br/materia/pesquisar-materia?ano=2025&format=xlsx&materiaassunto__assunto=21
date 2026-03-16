--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -54,186 +54,186 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei (Chefe do Executivo)</t>
   </si>
   <si>
     <t xml:space="preserve">Chefe do Poder Executivo </t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/177/projeto_ple_01_cmdrs.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/177/projeto_ple_01_cmdrs.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n°3.473, de 29 de Maio de 2009, que dispõe sobre o Conselho Municipal Desenvolvimento Rural Sustentável - CMDRS, e dá outras providências.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/373/pl_no_009_25_-_institui_o_conselho_municipal_de_educacao_de_lavras_dispoe_sobre_sua_composicao_funcionamento_e_atribuicoes_1.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/373/pl_no_009_25_-_institui_o_conselho_municipal_de_educacao_de_lavras_dispoe_sobre_sua_composicao_funcionamento_e_atribuicoes_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 009/2025: Institui o Conselho Municipal de Educação de Lavras, dispõe sobre sua composição, funcionamento e atribuições, e revoga a Lei nº 2.543, de 19 de maio de 2000.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_no_010_1.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_no_010_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 010/2025, que dispõe sobre a reestruturação do Conselho Municipal de Saúde (CMS), e dá outras providências.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/450/pl_no_019_25_-_altera_a_lei_no_4.714_22_que_cria_o_conselho_municipal_dos_direitos_da_populacao_lgbt.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/450/pl_no_019_25_-_altera_a_lei_no_4.714_22_que_cria_o_conselho_municipal_dos_direitos_da_populacao_lgbt.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.714, de 18 de agosto de 2022, que institui o Conselho Municipal dos Direitos da População LGBT+ no âmbito do Município de Lavras”.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Subs</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/211/substituttivo_n_02_2025_ao_ple_01_de_2025._projeto._gab_da_prefeita._19_02_2025.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/211/substituttivo_n_02_2025_ao_ple_01_de_2025._projeto._gab_da_prefeita._19_02_2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 3.473 de 29 de maio de 2009, que dispõe sobre o conselho Municipal de Desenvolvimento Rural Sustentável - CMDRS, e dá outras providências.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>EPLE</t>
   </si>
   <si>
     <t>Emenda a Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>José Cherem - Zé Cherem</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/257/emenda_ao_projeto_de_lei_substitutivo_do_executivo_nba_02.25_-_cmdrs_assinado.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/257/emenda_ao_projeto_de_lei_substitutivo_do_executivo_nba_02.25_-_cmdrs_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA SUBSTITUTIVA AO PROJETO DE LEI DO EXECUTIVO Nº 02/2025, ALTERA A LEI 3.473 DE 29 DE MAIO DE 2009, QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL - CMDRS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Jaqueline Aparecida Fráguas</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/453/emenda_supressiva_ao_ple_09-2025_-_vereadora_jaqueline_fraguas.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/453/emenda_supressiva_ao_ple_09-2025_-_vereadora_jaqueline_fraguas.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA AO PROJETO DE LEI DO EXECUTIVO Nº 09/2025, que “Dispõe sobre a reestruturação do Conselho Municipal de Saúde (CMS), e dá outras providências. ”</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/454/emenda_modificativa_ao_projeto_de_lei_do_executivo_09-2025.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/454/emenda_modificativa_ao_projeto_de_lei_do_executivo_09-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI DO EXECUTIVO Nº09/2025, que “Dispõe sobre a reestruturação do Conselho Municipal de Saúde (CMS), e dá outras providências. ”</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/462/emenda_modificativa_projeto_de_lei_no_10_2025.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/462/emenda_modificativa_projeto_de_lei_no_10_2025.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI DO EXECUTIVO Nº10/2025, que “Dispõe sobre a reestruturação do Conselho Municipal de Saúde (CMS), e dá outras providências.”</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>SubEm</t>
   </si>
   <si>
     <t>Subemenda</t>
   </si>
   <si>
     <t>Aristides Silva Filho - Tide</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/533/subemenda_projeto_de_saude.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/533/subemenda_projeto_de_saude.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do conselho municipal de saúde - CMS e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -540,68 +540,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/177/projeto_ple_01_cmdrs.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/373/pl_no_009_25_-_institui_o_conselho_municipal_de_educacao_de_lavras_dispoe_sobre_sua_composicao_funcionamento_e_atribuicoes_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_no_010_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/450/pl_no_019_25_-_altera_a_lei_no_4.714_22_que_cria_o_conselho_municipal_dos_direitos_da_populacao_lgbt.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/211/substituttivo_n_02_2025_ao_ple_01_de_2025._projeto._gab_da_prefeita._19_02_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/257/emenda_ao_projeto_de_lei_substitutivo_do_executivo_nba_02.25_-_cmdrs_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/453/emenda_supressiva_ao_ple_09-2025_-_vereadora_jaqueline_fraguas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/454/emenda_modificativa_ao_projeto_de_lei_do_executivo_09-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/462/emenda_modificativa_projeto_de_lei_no_10_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/533/subemenda_projeto_de_saude.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/177/projeto_ple_01_cmdrs.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/373/pl_no_009_25_-_institui_o_conselho_municipal_de_educacao_de_lavras_dispoe_sobre_sua_composicao_funcionamento_e_atribuicoes_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_no_010_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/450/pl_no_019_25_-_altera_a_lei_no_4.714_22_que_cria_o_conselho_municipal_dos_direitos_da_populacao_lgbt.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/211/substituttivo_n_02_2025_ao_ple_01_de_2025._projeto._gab_da_prefeita._19_02_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/257/emenda_ao_projeto_de_lei_substitutivo_do_executivo_nba_02.25_-_cmdrs_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/453/emenda_supressiva_ao_ple_09-2025_-_vereadora_jaqueline_fraguas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/454/emenda_modificativa_ao_projeto_de_lei_do_executivo_09-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/462/emenda_modificativa_projeto_de_lei_no_10_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/533/subemenda_projeto_de_saude.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="195" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="194.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="213.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>