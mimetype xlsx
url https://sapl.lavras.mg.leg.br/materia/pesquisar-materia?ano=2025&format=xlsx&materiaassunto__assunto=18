--- v0 (2025-10-28)
+++ v1 (2026-01-31)
@@ -10,98 +10,98 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="155">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t xml:space="preserve">Chefe do Poder Executivo </t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/391/plc_no_011_25_-_altera_a_lc_458_22_que_dispoe_sobre_o_regime_diferenciado_e_de_plantao_na_upa_1.pdf</t>
   </si>
   <si>
-    <t>Projeto de Lei Complementar nº 011/2025 que “Altera a Lei Complementar nº 458, de 22 de dezembro de 2022, que dispõe sobre o Regime Diferenciado e de Plantão na Unidade de Pronto Atendimento – UPA, e dá outras providências”</t>
+    <t>“Altera a Lei Complementar nº 458, de 22 de dezembro de 2022, que dispõe sobre o Regime Diferenciado e de Plantão na Unidade de Pronto Atendimento – UPA, e dá outras providências”</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei (Chefe do Executivo)</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/210/ple__05_2025._projeto._gab_da_prefeita._19_02_2025..pdf</t>
   </si>
   <si>
     <t>Altera as Leis Municipais n°4.803, de 24 de novembro de 2023 e n° 4.811 de 15 de dezembro de 2023 para adequá-las à nova metodologia de cofinanciamento da atenção básica, conforme portaria n°3.493, de 10 de Abril de 2024, do Ministério da Saúde.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>10</t>
   </si>
@@ -198,74 +198,137 @@
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/411/vacina_asilo_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da oferta e aplicação_x000D_
 regular de vacinas aos idosos institucionalizados no_x000D_
 Município de Lavras e dá outras providências</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>José Cherem - Zé Cherem</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_do_legislativo_-_leitos.pdf</t>
   </si>
   <si>
     <t>DETERMINA, NO ÂMBITO DO MUNICÍPIO DE LAVRAS, QUE AS UNIDADES DE SAÚDE CREDENCIADAS NO SISTEMA ÚNICO DE SAÚDE - SUS, BEM COMO AQUELAS DA REDE PRIVADA, OFEREÇAM LEITO SEPARADO PARA AS MULHERES GESTANTES QUE SOFRERAM VIOLÊNCIA SEXUAL E QUE GESTARAM NATIMORTO E ÓBITO FETAL.</t>
   </si>
   <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>João Luiz Rezende Carvalho Silva - João da Saúde, Rosemeire Aparecida de Oliveira - Rose Oliveira</t>
+  </si>
+  <si>
+    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/458/pl_prevencao.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Semana Municipal de Conscientização e Prevenção do Diabetes no Município de Lavras e dá outras providências.</t>
+  </si>
+  <si>
     <t>465</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/465/asilo_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 3.783, de 1º de setembro de 2011, para dispor sobre a vacinação de idosos residentes em Instituições de Longa Permanência para Idosos – ILPIs, no Município de Lavras.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/466/lei_luca_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 3.609, de 8 de dezembro de 2009, para instituir a obrigatoriedade da capacitação em noções básicas de primeiros socorros aos profissionais da educação básica e de recreação infantil no Município de Lavras.</t>
   </si>
   <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Ana Paula Santana de Rezende Arruda - Delegada, Jaqueline Aparecida Fráguas</t>
+  </si>
+  <si>
+    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/501/008-2025_ressarcimento_dos_custos_do_sistema_unico_de_saude_28sus29_pelo_agressor_as_vitimas_de_violencia_domestica_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o ressarcimento dos custos do Sistema Único de Saúde (SUS) pelo agressor às vítimas de violência doméstica e familiar no âmbito do Município de Lavras e dá outras providências.</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Jaqueline Aparecida Fráguas, Rosemeire Aparecida de Oliveira - Rose Oliveira</t>
+  </si>
+  <si>
+    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/507/projeto_de_lei_-_dia_municipal_do_cuidar_de_quem_cuida_da_familia_atipica_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI - DIA MUNICIPAL DO CUIDAR DE QUEM CUIDA DA FAMÍLIA ATÍPICA</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Subs</t>
+  </si>
+  <si>
+    <t>Substitutivo</t>
+  </si>
+  <si>
+    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/545/substitutivo_-_leitos.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI MUNICIPAL N 4.860, DE 24 DE SETEMBRO DE 2024, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE A REDE PÚBLICA E PRIVADA DE SAÚDE OFERECER LEITO SEPARADO PARA AS MÃES DE NATIMORTO E/OU MÃES COM ÓBITO FETAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>241</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>EPLE</t>
   </si>
   <si>
     <t>Emenda a Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/241/ple_5_2025._emenda_jose_cherem..pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei do Executivo nº 5/2025</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Jaqueline Aparecida Fráguas</t>
@@ -313,93 +376,102 @@
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/275/emenda_ao_pll_19.pdf</t>
   </si>
   <si>
     <t>Modifique-se a redação do caput do artigo 1º do Projeto de Lei do Legislativo nº 19/2025</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/279/emenda_ao_projeto_de_lei_do_legislativo_nba_06.2025_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA MODITICATIVA AO PROJETO DE LEI DO LEGISLATIVO Nº 06/2025, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE AS UNIDADES MUNICIPAIS DE SAÚDE SITUADAS NO ÂMBITO DO MUNICÍPIO DE LAVRAS FIXAREM LISTA COM A ESCALA DOS PROFISSIONAIS DE SAÚDE DE PLANTÃO, INCLUSIVE MÉDICOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/293/emenda_ao_projeto_de_lei_do_legislativo_nba_012.2025_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITVA AO PROJETO DE LEI DO LEGISLATIVO Nº 12/2025, ALTERA O ART. 1º DA LEI N. 3.474 DE 04 DE JUNHO DE 2009, QUE DISPÕE SOBRE A OBRIGATORIEDADE DA DIVULGAÇÃO NA PÁGINA DA INTERNET DA PREFEITURA MUNICIPAL DE LAVRAS, DA RELAÇÃO DE MEDICAMENTOS EXISTENTES E DAQUELES EM FALTA NOS ESTOQUES NO ÂMBITO DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>431</t>
-  </si>
-[...1 lines deleted...]
-    <t>8</t>
   </si>
   <si>
     <t>Rosemeire Aparecida de Oliveira - Rose Oliveira</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/431/emendas_006.pdf</t>
   </si>
   <si>
     <t>Acrescenta-se emendas ao Projeto de Lei do Legislativo n° 6/2025 (de autoria dos Vereadores Alisson Magno Mattioli, Ana Paula Santana de Rezende Arruda e Jaqueline Aparecida Fráguas), que “Dispõe sobre a obrigatoriedade de as Unidades Municipais de Saúde situadas no âmbito do Município de Lavras fixarem lista com a escala dos profissionais de saúde de plantão, inclusive médicos, e dá outras providências.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>SubEm</t>
   </si>
   <si>
     <t>Subemenda</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/243/ple_5._emenda_jose_cherem._parecer_ccj._favoravel._faz_subemenda.pdf</t>
   </si>
   <si>
     <t>Modifique-se a redação do art. 1º da Emenda Aditiva ao Projeto de Lei do Executivo nº 5/2025, para modificar o caput do art. 7º a ser eventualmente acrescido.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>João Luiz Rezende Carvalho Silva - João da Saúde</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/248/subemenda_ple_005_2025_vereador_joao_da_saude.pdf</t>
   </si>
   <si>
     <t>SUBEMENDA Nº ___/2025 AO PROJETO DE LEI DO EXECUTIVO Nº 05/2025_x000D_
 (À EMENDA ADITIVA Nº 04/2025, DE AUTORIA DO VEREADOR JOSÉ CHEREM)</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>Aristides Silva Filho - Tide</t>
+  </si>
+  <si>
+    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/533/subemenda_projeto_de_saude.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a reestruturação do conselho municipal de saúde - CMS e dá outras providências.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Alisson Magno Mattioli - Dentista</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/174/projeto_de_indicacao_2.pdf</t>
   </si>
   <si>
     <t>Implementação do custeio de despesas de locomoção para agentes comunitários de saúde (ACS) e agentes de combates a endemias (ACE) que utilizam veículo próprio no desempenho de suas funções.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>17</t>
   </si>
@@ -757,56 +829,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/391/plc_no_011_25_-_altera_a_lc_458_22_que_dispoe_sobre_o_regime_diferenciado_e_de_plantao_na_upa_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/210/ple__05_2025._projeto._gab_da_prefeita._19_02_2025..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_no_010_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/206/pll_-_dispoe_sobre_a_obrigatoriedade_de_as_unidades_municip_de_saude_-_fixarem_lista_com_escala_medica_-_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/213/projeto_de_lei_-_altera_lei_municipal_no_3.474_de_04_de_junho_de_2009_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_-_altera_lei_municipal_no_3.474_de_04_de_junho_de_2009_-_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/261/dispoe_sobre_a_substituicao_gradativa_de_alarmes_sonoros_por_sinaleiros_musicais_e_avisos_luminosos_em_estabelecimentos_de_ensino_do_municipio_de_lavras.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/409/lei_luca_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/411/vacina_asilo_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_do_legislativo_-_leitos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/465/asilo_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/466/lei_luca_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/241/ple_5_2025._emenda_jose_cherem..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/453/emenda_supressiva_ao_ple_09-2025_-_vereadora_jaqueline_fraguas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/454/emenda_modificativa_ao_projeto_de_lei_do_executivo_09-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/462/emenda_modificativa_projeto_de_lei_no_10_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/275/emenda_ao_pll_19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/279/emenda_ao_projeto_de_lei_do_legislativo_nba_06.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/293/emenda_ao_projeto_de_lei_do_legislativo_nba_012.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/431/emendas_006.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/243/ple_5._emenda_jose_cherem._parecer_ccj._favoravel._faz_subemenda.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/248/subemenda_ple_005_2025_vereador_joao_da_saude.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/174/projeto_de_indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_17._vereador_alisson_magno_mattioli._06_03_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_19._ver._alisson_magno_mattioli.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_ver._alisson_magno_mattioli.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/391/plc_no_011_25_-_altera_a_lc_458_22_que_dispoe_sobre_o_regime_diferenciado_e_de_plantao_na_upa_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/210/ple__05_2025._projeto._gab_da_prefeita._19_02_2025..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_no_010_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/206/pll_-_dispoe_sobre_a_obrigatoriedade_de_as_unidades_municip_de_saude_-_fixarem_lista_com_escala_medica_-_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/213/projeto_de_lei_-_altera_lei_municipal_no_3.474_de_04_de_junho_de_2009_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_-_altera_lei_municipal_no_3.474_de_04_de_junho_de_2009_-_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/261/dispoe_sobre_a_substituicao_gradativa_de_alarmes_sonoros_por_sinaleiros_musicais_e_avisos_luminosos_em_estabelecimentos_de_ensino_do_municipio_de_lavras.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/409/lei_luca_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/411/vacina_asilo_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_do_legislativo_-_leitos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/458/pl_prevencao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/465/asilo_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/466/lei_luca_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/501/008-2025_ressarcimento_dos_custos_do_sistema_unico_de_saude_28sus29_pelo_agressor_as_vitimas_de_violencia_domestica_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/507/projeto_de_lei_-_dia_municipal_do_cuidar_de_quem_cuida_da_familia_atipica_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/545/substitutivo_-_leitos.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/241/ple_5_2025._emenda_jose_cherem..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/453/emenda_supressiva_ao_ple_09-2025_-_vereadora_jaqueline_fraguas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/454/emenda_modificativa_ao_projeto_de_lei_do_executivo_09-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/462/emenda_modificativa_projeto_de_lei_no_10_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/275/emenda_ao_pll_19.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/279/emenda_ao_projeto_de_lei_do_legislativo_nba_06.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/293/emenda_ao_projeto_de_lei_do_legislativo_nba_012.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/431/emendas_006.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/243/ple_5._emenda_jose_cherem._parecer_ccj._favoravel._faz_subemenda.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/248/subemenda_ple_005_2025_vereador_joao_da_saude.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/533/subemenda_projeto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/174/projeto_de_indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_17._vereador_alisson_magno_mattioli._06_03_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_19._ver._alisson_magno_mattioli.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_ver._alisson_magno_mattioli.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="221.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1081,477 +1153,612 @@
       </c>
       <c r="G11" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>60</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>61</v>
       </c>
       <c r="D12" t="s">
         <v>28</v>
       </c>
       <c r="E12" t="s">
         <v>29</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D13" t="s">
         <v>28</v>
       </c>
       <c r="E13" t="s">
         <v>29</v>
       </c>
       <c r="F13" t="s">
         <v>48</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D14" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
+        <v>29</v>
+      </c>
+      <c r="F14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>73</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
         <v>74</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>28</v>
+      </c>
+      <c r="E15" t="s">
+        <v>29</v>
+      </c>
+      <c r="F15" t="s">
         <v>75</v>
       </c>
-      <c r="D15" t="s">
-[...5 lines deleted...]
-      <c r="F15" t="s">
+      <c r="G15" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="G15" s="1" t="s">
+      <c r="H15" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>78</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>79</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="E16" t="s">
-        <v>71</v>
+        <v>29</v>
       </c>
       <c r="F16" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H16" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>52</v>
+        <v>84</v>
       </c>
       <c r="D17" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="E17" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="F17" t="s">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H17" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D18" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E18" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F18" t="s">
-        <v>89</v>
+        <v>57</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="H18" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>95</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>96</v>
+      </c>
+      <c r="D19" t="s">
+        <v>91</v>
+      </c>
+      <c r="E19" t="s">
         <v>92</v>
       </c>
-      <c r="B19" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>57</v>
+        <v>97</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="H19" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E20" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F20" t="s">
-        <v>57</v>
+        <v>97</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="H20" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E21" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F21" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="H21" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D22" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E22" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="F22" t="s">
-        <v>89</v>
+        <v>110</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="H22" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>113</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" t="s">
+        <v>108</v>
+      </c>
+      <c r="E23" t="s">
         <v>109</v>
       </c>
-      <c r="B23" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>110</v>
+        <v>57</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="H23" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="D24" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="E24" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="F24" t="s">
-        <v>116</v>
+        <v>57</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>117</v>
       </c>
       <c r="H24" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>119</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
+        <v>84</v>
+      </c>
+      <c r="D25" t="s">
+        <v>108</v>
+      </c>
+      <c r="E25" t="s">
+        <v>109</v>
+      </c>
+      <c r="F25" t="s">
         <v>120</v>
       </c>
-      <c r="D25" t="s">
-[...5 lines deleted...]
-      <c r="F25" t="s">
+      <c r="G25" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="G25" s="1" t="s">
+      <c r="H25" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>123</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
         <v>124</v>
       </c>
-      <c r="B26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="E26" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="F26" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H26" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>128</v>
+        <v>107</v>
       </c>
       <c r="D27" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="E27" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="F27" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="H27" t="s">
-        <v>130</v>
+        <v>132</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>133</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>90</v>
+      </c>
+      <c r="D28" t="s">
+        <v>125</v>
+      </c>
+      <c r="E28" t="s">
+        <v>126</v>
+      </c>
+      <c r="F28" t="s">
+        <v>134</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H28" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>137</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>124</v>
+      </c>
+      <c r="D29" t="s">
+        <v>138</v>
+      </c>
+      <c r="E29" t="s">
+        <v>139</v>
+      </c>
+      <c r="F29" t="s">
+        <v>140</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H29" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>143</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>144</v>
+      </c>
+      <c r="D30" t="s">
+        <v>138</v>
+      </c>
+      <c r="E30" t="s">
+        <v>139</v>
+      </c>
+      <c r="F30" t="s">
+        <v>145</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H30" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>148</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>42</v>
+      </c>
+      <c r="D31" t="s">
+        <v>138</v>
+      </c>
+      <c r="E31" t="s">
+        <v>139</v>
+      </c>
+      <c r="F31" t="s">
+        <v>140</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H31" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>151</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>152</v>
+      </c>
+      <c r="D32" t="s">
+        <v>138</v>
+      </c>
+      <c r="E32" t="s">
+        <v>139</v>
+      </c>
+      <c r="F32" t="s">
+        <v>140</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H32" t="s">
+        <v>154</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>