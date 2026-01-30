--- v0 (2025-10-28)
+++ v1 (2026-01-30)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="81">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -120,96 +120,184 @@
   <si>
     <t>408</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/408/projeto_de_lei_-_centro_de_referencia_da_pessoa_idosa_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei que dispõe sobre a criação e dá nome ao Centro de Referência da Pessoa Idosa - “Dora Ferreira Fernandes”.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_-_estrada_pedro_anastacio_de_oliveira_2_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei que denomina de “Estrada Municipal Pedro Anastácio de Oliveira”, a Estrada Rural que menciona, e dá outras providências.</t>
   </si>
   <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/528/ple_25._sapl.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA “CORONEL FABIANO MARQUES FERREIRA DA SILVA”, LOGRADOURO PÚBLICO QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/531/ple_36._sapl.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA “MARIA DE LOURDES ALMEIDA (LOURDINHA)”, O ESPAÇO PÚBLICO ATELIÊ DE IDEIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/527/ple_37._sapl.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA “BELKISS ERIANA AMARAL DE SOUZA ÁVILA DE ALMEIDA MAGALHÃES (BEL)”, A PRAÇA PÚBLICA QUE MENCIONA.</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/532/ple_38._sapl.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA “SÉRGIO BRUNO DE PAULA”, LOGRADOURO PÚBLICO QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/530/ple_39._sapl.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA “ALFREDO AMARAL DE CARVALHO”, LOGRADOURO PÚBLICO QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/529/ple_40._sapl.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA “SEBASTIÃO BATISTA RIBEIRO (TIÃOZINHO)”, LOGRADOURO PÚBLICO QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>251</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Evandro Oliveira Miranda - Mestre Grilo</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/251/pll_15._projeto._gab_evandro_oliveira_miranda._15_04_2025_organized.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA TENENTE MAESTRO FRANCISCO DE ASSIS LOGRADOURO PÚBLICO QUE MENCIONA.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Gilmar da Silva - Gil do Itirapuan</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/451/pll_34._sapl.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Jésus Hyginio dos Santos logradouro que menciona.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Jaqueline Aparecida Fráguas</t>
   </si>
   <si>
     <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_do_legislativo_-_denomina_de_rua_ricardo_fraguas_neto_logradouro_que_menciona_-_assinado_organized.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Ricardo Fráguas Neto logradouro que menciona.</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>Cláudio José da Silva - Zeca do Salão</t>
+  </si>
+  <si>
+    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/515/pll_54._sapl.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Junior Camilo Mesquita_x000D_
+  Logradouro que menciona</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -513,56 +601,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/233/ple_08_2025._projeto._gab_do_executivo._14_03_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_lei_-_praca_tobias.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/398/projeto_de_lei_-_denomina_henrique_aubertie_pinto_-_psf_fonseca_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/399/projeto_de_lei_-_denomina_antonio_hamilton_de_abreu_psf_faria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/408/projeto_de_lei_-_centro_de_referencia_da_pessoa_idosa_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_-_estrada_pedro_anastacio_de_oliveira_2_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/251/pll_15._projeto._gab_evandro_oliveira_miranda._15_04_2025_organized.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/451/pll_34._sapl.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_do_legislativo_-_denomina_de_rua_ricardo_fraguas_neto_logradouro_que_menciona_-_assinado_organized.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/233/ple_08_2025._projeto._gab_do_executivo._14_03_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_lei_-_praca_tobias.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/398/projeto_de_lei_-_denomina_henrique_aubertie_pinto_-_psf_fonseca_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/399/projeto_de_lei_-_denomina_antonio_hamilton_de_abreu_psf_faria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/408/projeto_de_lei_-_centro_de_referencia_da_pessoa_idosa_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_-_estrada_pedro_anastacio_de_oliveira_2_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/528/ple_25._sapl.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/531/ple_36._sapl.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/527/ple_37._sapl.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/532/ple_38._sapl.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/530/ple_39._sapl.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/529/ple_40._sapl.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/251/pll_15._projeto._gab_evandro_oliveira_miranda._15_04_2025_organized.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/451/pll_34._sapl.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_do_legislativo_-_denomina_de_rua_ricardo_fraguas_neto_logradouro_que_menciona_-_assinado_organized.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/515/pll_54._sapl.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="183.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="130.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -724,131 +812,320 @@
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="F8" t="s">
+      <c r="H8" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="H9" t="s">
         <v>43</v>
-      </c>
-[...13 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10" t="s">
         <v>47</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
         <v>48</v>
       </c>
-      <c r="D10" t="s">
-[...5 lines deleted...]
-      <c r="F10" t="s">
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>49</v>
       </c>
-      <c r="G10" s="1" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="H10" t="s">
+      <c r="H11" t="s">
         <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H13" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>61</v>
+      </c>
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" t="s">
+        <v>68</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H15" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" t="s">
+        <v>61</v>
+      </c>
+      <c r="E16" t="s">
+        <v>62</v>
+      </c>
+      <c r="F16" t="s">
+        <v>73</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H16" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" t="s">
+        <v>61</v>
+      </c>
+      <c r="E17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F17" t="s">
+        <v>78</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H17" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>