--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -54,159 +54,159 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Antônio Claret dos Santos - Coronel Claret</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/28/1._pll_009_2024_projeto.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/28/1._pll_009_2024_projeto.pdf</t>
   </si>
   <si>
     <t>Veda nomeação, em cargo público municipal, de pessoa condenada por crime resultante de preconceito de raça ou cor.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Antônio Claret dos Santos - Coronel Claret, Alisson Magno Mattioli - Dentista, Rosemeire Aparecida de Oliveira - Rose Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/51/1._projeto_pll_014_2024.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/51/1._projeto_pll_014_2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição de cobrança de taxa de esgoto nos dias de racionamento ou interrupção de abastecimento de água duradouro ou intermitente e dá outras providências”</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/59/1._projeto_pll_018.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/59/1._projeto_pll_018.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 5° e seu parágrafo único, da lei n°4.670 de 25 de outubro de 2021.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EPLL</t>
   </si>
   <si>
     <t>Emenda a Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Rosemeire Aparecida de Oliveira - Rose Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/56/pll_9_2024_emenda_modificativa_rose.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/56/pll_9_2024_emenda_modificativa_rose.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DO PROJETO DE LEI DO LEGISLATIVO Nº 009/2024</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>Coordenadoria Legislativa - COLEG</t>
-[...2 lines deleted...]
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/61/pll_17_2024_emenda_relatora_daia_aditiva_1.pdf</t>
+    <t>Secretaria Legislativa - SCL</t>
+  </si>
+  <si>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/61/pll_17_2024_emenda_relatora_daia_aditiva_1.pdf</t>
   </si>
   <si>
     <t>Acrescente-se ao art. 1º do Projeto de Lei do Legislativo n.º 17/2024 os parágrafos 1º, 2º e 3º.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>João Paulo Felizardo</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/75/emenda_subtituida_e_supressiva_pll_09.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/75/emenda_subtituida_e_supressiva_pll_09.pdf</t>
   </si>
   <si>
     <t>Veda a nomeação, em cargo público municipal de pessoa condenada por crime resultante de preconceito de raça ou cor.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/157/emenda_ccj._pll_18_2024.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/157/emenda_ccj._pll_18_2024.pdf</t>
   </si>
   <si>
     <t>Modifique-se a redação da Ementa do Projeto de Lei do Legislativo n.º 18/2024.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t xml:space="preserve">Chefe do Poder Executivo </t>
   </si>
   <si>
-    <t>https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/172/veto_ao_pll_18-2024_organized.pdf</t>
+    <t>http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/172/veto_ao_pll_18-2024_organized.pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei do Legislativo n.º 18/2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -513,68 +513,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/28/1._pll_009_2024_projeto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/51/1._projeto_pll_014_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/59/1._projeto_pll_018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/56/pll_9_2024_emenda_modificativa_rose.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/61/pll_17_2024_emenda_relatora_daia_aditiva_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/75/emenda_subtituida_e_supressiva_pll_09.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/157/emenda_ccj._pll_18_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/172/veto_ao_pll_18-2024_organized.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/28/1._pll_009_2024_projeto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/51/1._projeto_pll_014_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/59/1._projeto_pll_018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/56/pll_9_2024_emenda_modificativa_rose.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/61/pll_17_2024_emenda_relatora_daia_aditiva_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/75/emenda_subtituida_e_supressiva_pll_09.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2024/157/emenda_ccj._pll_18_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lavras.mg.leg.br/media/sapl/public/materialegislativa/2025/172/veto_ao_pll_18-2024_organized.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="111.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="111.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="159.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>